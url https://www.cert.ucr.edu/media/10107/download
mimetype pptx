--- v0 (2025-10-01)
+++ v1 (2025-12-04)
@@ -1257,63 +1257,63 @@
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:lastRow>
     <a:firstRow>
       <a:tcTxStyle b="on">
         <a:fontRef idx="minor">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="9082" autoAdjust="0"/>
     <p:restoredTop sz="90039" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="72" d="100"/>
-          <a:sy n="72" d="100"/>
+          <a:sx n="55" d="100"/>
+          <a:sy n="55" d="100"/>
         </p:scale>
-        <p:origin x="1507" y="58"/>
+        <p:origin x="1428" y="28"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="66" d="100"/>
         <a:sy n="66" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="tags/tag1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1380,51 +1380,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5273004" y="0"/>
             <a:ext cx="4033943" cy="352375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="93324" tIns="46662" rIns="93324" bIns="46662" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A3DF556D-2A88-4B58-9F89-16B0BD1D7D02}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/23/2025</a:t>
+              <a:t>10/31/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="6670727"/>
             <a:ext cx="4033943" cy="352374"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -1562,51 +1562,51 @@
             <a:off x="5273004" y="0"/>
             <a:ext cx="4033943" cy="351155"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="93324" tIns="46662" rIns="93324" bIns="46662" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200" smtClean="0">
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{A51DEA60-EA0A-4F17-8692-FC8153917087}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>9/23/2025</a:t>
+              <a:t>10/31/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2898775" y="527050"/>
             <a:ext cx="3511550" cy="2633663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -7768,71 +7768,71 @@
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1500" dirty="0"/>
               <a:t>In California, nearly 80% of diesel fuel is comprised of renewable fuels [Q1 2025]</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1500" baseline="30000" dirty="0"/>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1500" dirty="0"/>
               <a:t>, with diesel fuel for off-road equipment required to be renewable</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1500" baseline="30000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1500" dirty="0"/>
-              <a:t>Renewable Diesel (RD) has ~70% (100%?) carbon intensive benefit of electricity (basis CA current grid) </a:t>
+              <a:t>Renewable Diesel (RD) has ~85% (92%?) carbon intensive benefit of electricity (basis CA current grid) </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1500" dirty="0"/>
               <a:t>Biofuels provide carbon intensity benefits equivalent to electrifying </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1500" dirty="0"/>
-              <a:t>56%-80% of the Heavy-duty vehicles (HDVs) + off-road engines (OREs) in CA</a:t>
+              <a:t>68%-74% of the Heavy-duty vehicles (HDVs) + off-road engines (OREs) in CA</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1500" dirty="0"/>
-              <a:t>70%-100% of off-road equipment (since RD required for off-road in CA)</a:t>
+              <a:t>85%-92% of off-road equipment (since RD required for off-road in CA)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1950" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -7941,51 +7941,59 @@
               <a:t>://ww2.arb.ca.gov/sites/default/files/2025-07/quarterlysummary_Q12025_2.xlsx </a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" altLang="en-US" sz="1200" b="0" i="0" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0"/>
               <a:t>     https://ww2.arb.ca.gov/news/first-time-50-california-diesel-fuel-replaced-clean-fuels</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0"/>
               <a:t>--- Diesel fuel = 102 gCO2e/MJ</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0"/>
-              <a:t>--- Electricity value from electrical grid value of 80.55 gCO2e/MJ w/ BEVs being 3x more efficient. Probably overstated as diesel engines are getting towards 40% efficient now</a:t>
+              <a:t>--- Electricity value from electrical grid value of 80.55 gCO2e/MJ w/ BEVs being 3x more efficient. Probably overstated as diesel engines are getting towards 40</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200"/>
+              <a:t>%-50% </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>efficient now</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0"/>
               <a:t>--- Note negative carbon intensity for RNG is due to avoided methane emissions into the atmosphere </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E1F7AAC-5F6E-4C4A-8539-5E5B8F77E9D8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
@@ -8176,135 +8184,135 @@
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Base Electricity 80.55</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Rectangle 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A54DE47-9A62-4912-A837-1A7F5C42B8A1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4220453" y="3536378"/>
-            <a:ext cx="512111" cy="147144"/>
+            <a:off x="4220453" y="3582878"/>
+            <a:ext cx="512111" cy="100644"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="TextBox 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF28D60F-5DA4-4E59-B8EA-C13C296EEAA5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4276525" y="3455920"/>
+            <a:off x="4238379" y="3492693"/>
             <a:ext cx="605116" cy="253916"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1050" dirty="0"/>
-              <a:t>35.8</a:t>
+              <a:t>32.2</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="24" name="Straight Arrow Connector 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D387A36-4444-4A01-9BAC-2DA592A27FCC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="4744123" y="3603573"/>
+            <a:off x="4744123" y="3633200"/>
             <a:ext cx="395237" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
@@ -8338,67 +8346,67 @@
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="TextBox 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7931E0D9-252C-48A1-BFF5-B6D5570C8EE8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5248525" y="3402059"/>
+            <a:off x="5248525" y="3465762"/>
             <a:ext cx="832388" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
-              <a:t>2.25x</a:t>
+              <a:t>2.5x</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="TextBox 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60CC01A8-18DA-42AA-82C6-3F8B8FD7F98D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5248525" y="3746609"/>
             <a:ext cx="582019" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -10424,51 +10432,51 @@
               <a:buClr>
                 <a:schemeClr val="folHlink"/>
               </a:buClr>
               <a:buSzPct val="80000"/>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buBlip>
                 <a:blip r:embed="rId4"/>
               </a:buBlip>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1650" kern="0" dirty="0"/>
               <a:t>Incorporating ultralow NOx diesel engines could have a dramatic impact on emissions inventories.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1650" kern="0" dirty="0"/>
-              <a:t>95% of the NOx emissions reductions between 2025 and 2040 for heavy-duty vehicles could come from fleet turn over with ultralow NOx diesel vehicles……</a:t>
+              <a:t>90% of the NOx emissions reductions between 2025 and 2050 for heavy-duty vehicles could come from fleet turn over with ultralow NOx diesel vehicles……</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3600" kern="0" dirty="0"/>
               <a:t>       </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3600" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>If we can keep the vehicles clean</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3600" kern="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -10837,51 +10845,51 @@
               </a:rPr>
               <a:t>Source: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Troy Hurren; Thomas D. Durbin; Kent C. Johnson, Georgios Karavalakis, 2025, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1100" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="222222"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>The Impacts of improving heavy-duty internal combustion engine technology on reducing NOx emissions inventories going into the future</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> , </a:t>
+              <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Science of the Total Environment., 986, 179781</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1100" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4137364072"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
@@ -16383,51 +16391,69 @@
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Some early data show trends towards lower in-use emissions with later generation vehicles, with some vehicles still having higher emissions.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="450"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>If the vehicles can maintain ultralow emissions during operation, fleet turnover could provide 95% of emissions reductions from 2025 to 2040.</a:t>
+              <a:t>If the vehicles can maintain ultralow emissions during operation, fleet turnover could provide 90% of emissions reductions from 2025 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>to 2050</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="450"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>This could be coupled with greater renewable fuels use for reducing GHGs.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" b="1" i="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
@@ -21433,51 +21459,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>CARB UCR Template_whiteseal</Template>
   <TotalTime></TotalTime>
-  <Words>3721</Words>
+  <Words>3723</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>223</Paragraphs>
   <Slides>24</Slides>
   <Notes>12</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>